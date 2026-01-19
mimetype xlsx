--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d8b704cf1e4e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b04cab4d7145b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="Rcc6976f983e54422"/>
-[...2 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="R07a97c603a5340a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="R092a0e467a3a4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Statewide Polling Places" sheetId="2" r:id="R470d5d5d3a71445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="No. of Precincts" sheetId="3" r:id="Rca2367d6e1994b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="R93e60511e51c47be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6976f983e54422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rea24f5cd29ec4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcb0f55d2b699413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R07a97c603a5340a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092a0e467a3a4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R470d5d5d3a71445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rca2367d6e1994b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R93e60511e51c47be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>County</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v># of Election Day Polling Places</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Early Voting</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Traditional Precinct Polling Sites</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Vote by Mail</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Vote Centers</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -5511,561 +5511,596 @@
       </x:c>
       <x:c r="H121" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I121" t="str">
         <x:v>58324</x:v>
       </x:c>
       <x:c r="J121" t="str">
         <x:v> 8:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K121" t="str">
         <x:v>(701) 968-4340 Ext. 1</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str">
         <x:v>Towner</x:v>
       </x:c>
       <x:c r="B122" t="str">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C122" t="str">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D122" t="str">
-        <x:v>03</x:v>
+        <x:v>02</x:v>
       </x:c>
       <x:c r="E122" t="str">
         <x:v> Cando Armory</x:v>
       </x:c>
       <x:c r="F122" t="str">
         <x:v>408 5th Ave</x:v>
       </x:c>
       <x:c r="G122" t="str">
         <x:v>Cando</x:v>
       </x:c>
       <x:c r="H122" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I122" t="str">
         <x:v>58324</x:v>
       </x:c>
       <x:c r="J122" t="str">
         <x:v> 8:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K122" t="str">
         <x:v>(701) 968-4340 Ext. 1</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str">
-        <x:v>Traill</x:v>
+        <x:v>Towner</x:v>
       </x:c>
       <x:c r="B123" t="str">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C123" t="str">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D123" t="str">
-        <x:v>01</x:v>
+        <x:v>03</x:v>
       </x:c>
       <x:c r="E123" t="str">
-        <x:v>Mayville Armory</x:v>
+        <x:v> Cando Armory</x:v>
       </x:c>
       <x:c r="F123" t="str">
-        <x:v>332 Center Ave S</x:v>
+        <x:v>408 5th Ave</x:v>
       </x:c>
       <x:c r="G123" t="str">
-        <x:v>Mayille </x:v>
+        <x:v>Cando</x:v>
       </x:c>
       <x:c r="H123" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I123" t="str">
-        <x:v>58257</x:v>
+        <x:v>58324</x:v>
       </x:c>
       <x:c r="J123" t="str">
-        <x:v> 7:00AM-7:00PM</x:v>
+        <x:v> 8:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K123" t="str">
-        <x:v>(701) 636-4458 Ext. </x:v>
+        <x:v>(701) 968-4340 Ext. 1</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B124" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C124" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D124" t="str">
-        <x:v>02</x:v>
+        <x:v>01</x:v>
       </x:c>
       <x:c r="E124" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F124" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G124" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H124" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I124" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J124" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K124" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B125" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C125" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D125" t="str">
-        <x:v>03</x:v>
+        <x:v>02</x:v>
       </x:c>
       <x:c r="E125" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F125" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G125" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H125" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I125" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J125" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K125" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B126" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C126" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D126" t="str">
-        <x:v>04</x:v>
+        <x:v>03</x:v>
       </x:c>
       <x:c r="E126" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F126" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G126" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H126" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I126" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J126" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K126" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B127" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C127" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D127" t="str">
-        <x:v>05</x:v>
+        <x:v>04</x:v>
       </x:c>
       <x:c r="E127" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F127" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G127" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H127" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I127" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J127" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K127" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B128" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C128" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D128" t="str">
-        <x:v>06</x:v>
+        <x:v>05</x:v>
       </x:c>
       <x:c r="E128" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F128" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G128" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H128" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I128" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J128" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K128" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B129" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C129" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D129" t="str">
-        <x:v>07</x:v>
+        <x:v>06</x:v>
       </x:c>
       <x:c r="E129" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F129" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G129" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H129" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I129" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J129" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K129" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B130" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C130" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D130" t="str">
-        <x:v>08</x:v>
+        <x:v>07</x:v>
       </x:c>
       <x:c r="E130" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F130" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G130" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H130" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I130" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J130" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K130" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B131" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C131" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D131" t="str">
-        <x:v>09</x:v>
+        <x:v>08</x:v>
       </x:c>
       <x:c r="E131" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F131" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G131" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H131" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I131" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J131" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K131" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B132" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C132" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D132" t="str">
-        <x:v>10</x:v>
+        <x:v>09</x:v>
       </x:c>
       <x:c r="E132" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F132" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G132" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H132" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I132" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J132" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K132" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B133" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C133" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D133" t="str">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E133" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F133" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G133" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H133" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I133" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J133" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K133" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B134" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C134" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D134" t="str">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E134" t="str">
         <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F134" t="str">
         <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G134" t="str">
         <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H134" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I134" t="str">
         <x:v>58257</x:v>
       </x:c>
       <x:c r="J134" t="str">
         <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K134" t="str">
         <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str">
-        <x:v>Williams</x:v>
+        <x:v>Traill</x:v>
       </x:c>
       <x:c r="B135" t="str">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C135" t="str">
-        <x:v>02</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D135" t="str">
-        <x:v>64</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E135" t="str">
-        <x:v>Tioga Community Center</x:v>
+        <x:v>Mayville Armory</x:v>
       </x:c>
       <x:c r="F135" t="str">
-        <x:v>510 NE 6th St</x:v>
+        <x:v>332 Center Ave S</x:v>
       </x:c>
       <x:c r="G135" t="str">
-        <x:v>Tioga</x:v>
+        <x:v>Mayille </x:v>
       </x:c>
       <x:c r="H135" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I135" t="str">
-        <x:v>58852</x:v>
+        <x:v>58257</x:v>
       </x:c>
       <x:c r="J135" t="str">
-        <x:v> 8:00AM-7:00PM</x:v>
+        <x:v> 7:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K135" t="str">
-        <x:v>(701) 577-4500 Ext. </x:v>
+        <x:v>(701) 636-4458 Ext. </x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str">
         <x:v>Williams</x:v>
       </x:c>
       <x:c r="B136" t="str">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C136" t="str">
         <x:v>02</x:v>
       </x:c>
       <x:c r="D136" t="str">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E136" t="str">
-        <x:v>Wildrose Fire Hall</x:v>
+        <x:v>Tioga Community Center</x:v>
       </x:c>
       <x:c r="F136" t="str">
-        <x:v>412 Main St</x:v>
+        <x:v>510 NE 6th St</x:v>
       </x:c>
       <x:c r="G136" t="str">
-        <x:v>Wildrose</x:v>
+        <x:v>Tioga</x:v>
       </x:c>
       <x:c r="H136" t="str">
         <x:v>ND</x:v>
       </x:c>
       <x:c r="I136" t="str">
-        <x:v>58795</x:v>
+        <x:v>58852</x:v>
       </x:c>
       <x:c r="J136" t="str">
         <x:v> 8:00AM-7:00PM</x:v>
       </x:c>
       <x:c r="K136" t="str">
+        <x:v>(701) 577-4500 Ext. </x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="str">
+        <x:v>Williams</x:v>
+      </x:c>
+      <x:c r="B137" t="str">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C137" t="str">
+        <x:v>02</x:v>
+      </x:c>
+      <x:c r="D137" t="str">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E137" t="str">
+        <x:v>Wildrose Fire Hall</x:v>
+      </x:c>
+      <x:c r="F137" t="str">
+        <x:v>412 Main St</x:v>
+      </x:c>
+      <x:c r="G137" t="str">
+        <x:v>Wildrose</x:v>
+      </x:c>
+      <x:c r="H137" t="str">
+        <x:v>ND</x:v>
+      </x:c>
+      <x:c r="I137" t="str">
+        <x:v>58795</x:v>
+      </x:c>
+      <x:c r="J137" t="str">
+        <x:v> 8:00AM-7:00PM</x:v>
+      </x:c>
+      <x:c r="K137" t="str">
         <x:v>(701) 577-4500 Ext. </x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>County</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Number of Precincts</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Number of Election Day Polling Places</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>Adams</x:v>
       </x:c>
@@ -6466,51 +6501,51 @@
         <x:v>Ransom</x:v>
       </x:c>
       <x:c r="B38">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C38">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
         <x:v>Renville</x:v>
       </x:c>
       <x:c r="B39">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C39">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
         <x:v>Richland</x:v>
       </x:c>
       <x:c r="B40">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C40">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
         <x:v>Rolette</x:v>
       </x:c>
       <x:c r="B41">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C41">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
         <x:v>Sargent</x:v>
       </x:c>
       <x:c r="B42">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C42">
         <x:v>0</x:v>
@@ -6554,51 +6589,51 @@
         <x:v>Stark</x:v>
       </x:c>
       <x:c r="B46">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
         <x:v>Steele</x:v>
       </x:c>
       <x:c r="B47">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C47">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
         <x:v>Stutsman</x:v>
       </x:c>
       <x:c r="B48">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C48">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
         <x:v>Towner</x:v>
       </x:c>
       <x:c r="B49">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C49">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B50">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C50">
         <x:v>1</x:v>