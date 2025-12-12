--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6394622a8694f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6bb2e0841c4539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="R8db4c1325e8e4339"/>
-[...2 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="Raedcc6244a7c4410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="Rd8a39622638e47b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Statewide Polling Places" sheetId="2" r:id="Rb3bf634f258849b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="No. of Precincts" sheetId="3" r:id="R2ba0ce05c8a544cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="R7be26567fddf4cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db4c1325e8e4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R7d3e4648a73c4fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R3299f45b5db34e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="Raedcc6244a7c4410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8a39622638e47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb3bf634f258849b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2ba0ce05c8a544cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R7be26567fddf4cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>County</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v># of Election Day Polling Places</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Early Voting</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Traditional Precinct Polling Sites</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Vote by Mail</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Vote Centers</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -390,51 +390,51 @@
         <x:v>McHenry</x:v>
       </x:c>
       <x:c r="B26">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C26">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str">
         <x:v>McIntosh</x:v>
       </x:c>
       <x:c r="B27">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
         <x:v>McKenzie</x:v>
       </x:c>
       <x:c r="B28">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C28">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str">
         <x:v>McLean</x:v>
       </x:c>
       <x:c r="B29">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str">
         <x:v>Mercer</x:v>
       </x:c>
       <x:c r="B30">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C30">
         <x:v>0</x:v>
@@ -511,62 +511,62 @@
         <x:v>Ramsey</x:v>
       </x:c>
       <x:c r="B37">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C37">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str">
         <x:v>Ransom</x:v>
       </x:c>
       <x:c r="B38">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C38">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
         <x:v>Renville</x:v>
       </x:c>
       <x:c r="B39">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C39">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
         <x:v>Richland</x:v>
       </x:c>
       <x:c r="B40">
-        <x:v>19</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C40">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
         <x:v>Rolette</x:v>
       </x:c>
       <x:c r="B41">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C41">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
         <x:v>Sargent</x:v>
       </x:c>
       <x:c r="B42">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C42">
         <x:v>0</x:v>