--- v1 (2025-12-12)
+++ v2 (2026-02-11)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6bb2e0841c4539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6fadc91f084d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="Rd8a39622638e47b1"/>
-[...2 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="R7be26567fddf4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Election Admin Info" sheetId="1" r:id="R29394ec4e3614742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Statewide Polling Places" sheetId="2" r:id="R99e192488b3d464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="No. of Precincts" sheetId="3" r:id="Rb7af4a2866b54fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Early Voting Available Counties" sheetId="4" r:id="R8c108aafad08483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8a39622638e47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb3bf634f258849b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2ba0ce05c8a544cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R7be26567fddf4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29394ec4e3614742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R99e192488b3d464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb7af4a2866b54fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R8c108aafad08483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>County</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v># of Election Day Polling Places</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Early Voting</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Traditional Precinct Polling Sites</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Vote by Mail</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Vote Centers</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -522,51 +522,51 @@
         <x:v>Ransom</x:v>
       </x:c>
       <x:c r="B38">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C38">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str">
         <x:v>Renville</x:v>
       </x:c>
       <x:c r="B39">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C39">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str">
         <x:v>Richland</x:v>
       </x:c>
       <x:c r="B40">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C40">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str">
         <x:v>Rolette</x:v>
       </x:c>
       <x:c r="B41">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C41">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str">
         <x:v>Sargent</x:v>
       </x:c>
       <x:c r="B42">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C42">
         <x:v>0</x:v>
@@ -610,51 +610,51 @@
         <x:v>Stark</x:v>
       </x:c>
       <x:c r="B46">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C46">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str">
         <x:v>Steele</x:v>
       </x:c>
       <x:c r="B47">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C47">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str">
         <x:v>Stutsman</x:v>
       </x:c>
       <x:c r="B48">
-        <x:v>9</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C48">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str">
         <x:v>Towner</x:v>
       </x:c>
       <x:c r="B49">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C49">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str">
         <x:v>Traill</x:v>
       </x:c>
       <x:c r="B50">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C50">
         <x:v>0</x:v>