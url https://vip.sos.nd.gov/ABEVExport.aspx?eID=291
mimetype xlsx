--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02ff6b571e9445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec0fb4d0f0e46c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R297e12b75c024188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6130147a9eb44340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297e12b75c024188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6130147a9eb44340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
-        <x:v>Absentee / Vote-By-Mail Ballot and Early Voting Numbers (as of 10/27/2025 7:30:22 PM)</x:v>
+        <x:v>Absentee / Vote-By-Mail Ballot and Early Voting Numbers (as of 12/12/2025 1:06:19 AM)</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Totals</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>Total Absentee Ballots Sent</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>10,559</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>Total Absentee Ballots Returned</x:v>
       </x:c>