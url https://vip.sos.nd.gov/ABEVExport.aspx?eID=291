--- v1 (2025-12-12)
+++ v2 (2026-02-11)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec0fb4d0f0e46c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd56a8e237cea4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6130147a9eb44340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R20c7be0a9a4840dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6130147a9eb44340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c7be0a9a4840dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
-        <x:v>Absentee / Vote-By-Mail Ballot and Early Voting Numbers (as of 12/12/2025 1:06:19 AM)</x:v>
+        <x:v>Absentee / Vote-By-Mail Ballot and Early Voting Numbers (as of 2/11/2026 4:09:10 PM)</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Totals</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v/>
       </x:c>
       <x:c r="B2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v>Total Absentee Ballots Sent</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>10,559</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
         <x:v>Total Absentee Ballots Returned</x:v>
       </x:c>